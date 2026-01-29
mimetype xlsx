--- v0 (2025-10-30)
+++ v1 (2026-01-29)
@@ -491,198 +491,198 @@
       </c>
       <c r="D1" s="2" t="inlineStr">
         <is>
           <t>Roll No</t>
         </is>
       </c>
       <c r="E1" s="2" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="F1" s="2" t="inlineStr">
         <is>
           <t>%</t>
         </is>
       </c>
       <c r="G1" s="2" t="inlineStr">
         <is>
           <t>Result</t>
         </is>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="3" t="inlineStr">
         <is>
-          <t>All Classes | Total Students: 5 | Date: 30/10/2025</t>
+          <t>All Classes | Total Students: 5 | Date: 29/01/2026</t>
         </is>
       </c>
       <c r="B2" t="inlineStr">
         <is>
           <t>7057289141</t>
         </is>
       </c>
       <c r="C2" t="inlineStr">
         <is>
           <t>AWRUL NAGESHRI MAROTI</t>
         </is>
       </c>
       <c r="D2" t="inlineStr">
         <is>
-          <t>R10अ02</t>
+          <t>R10अ01</t>
         </is>
       </c>
       <c r="E2" t="n">
         <v>0</v>
       </c>
       <c r="F2" t="n">
         <v>0</v>
       </c>
       <c r="G2" t="inlineStr">
         <is>
           <t>No Data</t>
         </is>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="inlineStr">
         <is>
           <t>10th Class Second Unit Test</t>
         </is>
       </c>
       <c r="B3" t="inlineStr">
         <is>
           <t>8788472869</t>
         </is>
       </c>
       <c r="C3" t="inlineStr">
         <is>
           <t>ACHMOD KRUSHNA SANTOSH</t>
         </is>
       </c>
       <c r="D3" t="inlineStr">
         <is>
-          <t>R10अ19</t>
+          <t>R10अ12</t>
         </is>
       </c>
       <c r="E3" t="n">
         <v>0</v>
       </c>
       <c r="F3" t="n">
         <v>0</v>
       </c>
       <c r="G3" t="inlineStr">
         <is>
           <t>No Data</t>
         </is>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="inlineStr">
         <is>
           <t>9th Class Second Unit Test</t>
         </is>
       </c>
       <c r="B4" t="inlineStr">
         <is>
           <t>9876543210</t>
         </is>
       </c>
       <c r="C4" t="inlineStr">
         <is>
           <t>राहुल शर्मा</t>
         </is>
       </c>
       <c r="D4" t="inlineStr">
         <is>
-          <t>R9ब14</t>
+          <t>R9ब12</t>
         </is>
       </c>
       <c r="E4" t="n">
         <v>0</v>
       </c>
       <c r="F4" t="n">
         <v>0</v>
       </c>
       <c r="G4" t="inlineStr">
         <is>
           <t>No Data</t>
         </is>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="inlineStr">
         <is>
           <t>8th Class Second Unit Test</t>
         </is>
       </c>
       <c r="B5" t="inlineStr">
         <is>
           <t>8765432109</t>
         </is>
       </c>
       <c r="C5" t="inlineStr">
         <is>
           <t>प्रिया पटेल</t>
         </is>
       </c>
       <c r="D5" t="inlineStr">
         <is>
-          <t>R8अ29</t>
+          <t>R8अ23</t>
         </is>
       </c>
       <c r="E5" t="n">
         <v>0</v>
       </c>
       <c r="F5" t="n">
         <v>0</v>
       </c>
       <c r="G5" t="inlineStr">
         <is>
           <t>No Data</t>
         </is>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="inlineStr">
         <is>
           <t>7th Class Second Unit Test</t>
         </is>
       </c>
       <c r="B6" t="inlineStr">
         <is>
           <t>7654321098</t>
         </is>
       </c>
       <c r="C6" t="inlineStr">
         <is>
           <t>अमित कुमार</t>
         </is>
       </c>
       <c r="D6" t="inlineStr">
         <is>
-          <t>R7ब27</t>
+          <t>R7ब03</t>
         </is>
       </c>
       <c r="E6" t="n">
         <v>0</v>
       </c>
       <c r="F6" t="n">
         <v>0</v>
       </c>
       <c r="G6" t="inlineStr">
         <is>
           <t>No Data</t>
         </is>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Microsoft Excel Compatible / Openpyxl 3.1.5</Application>
   <AppVersion></AppVersion>
 </Properties>
 </file>