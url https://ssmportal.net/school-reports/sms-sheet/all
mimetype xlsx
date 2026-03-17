--- v1 (2026-01-29)
+++ v2 (2026-03-17)
@@ -491,198 +491,198 @@
       </c>
       <c r="D1" s="2" t="inlineStr">
         <is>
           <t>Roll No</t>
         </is>
       </c>
       <c r="E1" s="2" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="F1" s="2" t="inlineStr">
         <is>
           <t>%</t>
         </is>
       </c>
       <c r="G1" s="2" t="inlineStr">
         <is>
           <t>Result</t>
         </is>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="3" t="inlineStr">
         <is>
-          <t>All Classes | Total Students: 5 | Date: 29/01/2026</t>
+          <t>All Classes | Total Students: 5 | Date: 17/03/2026</t>
         </is>
       </c>
       <c r="B2" t="inlineStr">
         <is>
           <t>7057289141</t>
         </is>
       </c>
       <c r="C2" t="inlineStr">
         <is>
           <t>AWRUL NAGESHRI MAROTI</t>
         </is>
       </c>
       <c r="D2" t="inlineStr">
         <is>
-          <t>R10अ01</t>
+          <t>R10अ13</t>
         </is>
       </c>
       <c r="E2" t="n">
         <v>0</v>
       </c>
       <c r="F2" t="n">
         <v>0</v>
       </c>
       <c r="G2" t="inlineStr">
         <is>
           <t>No Data</t>
         </is>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="inlineStr">
         <is>
           <t>10th Class Second Unit Test</t>
         </is>
       </c>
       <c r="B3" t="inlineStr">
         <is>
           <t>8788472869</t>
         </is>
       </c>
       <c r="C3" t="inlineStr">
         <is>
           <t>ACHMOD KRUSHNA SANTOSH</t>
         </is>
       </c>
       <c r="D3" t="inlineStr">
         <is>
-          <t>R10अ12</t>
+          <t>R10अ14</t>
         </is>
       </c>
       <c r="E3" t="n">
         <v>0</v>
       </c>
       <c r="F3" t="n">
         <v>0</v>
       </c>
       <c r="G3" t="inlineStr">
         <is>
           <t>No Data</t>
         </is>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="inlineStr">
         <is>
           <t>9th Class Second Unit Test</t>
         </is>
       </c>
       <c r="B4" t="inlineStr">
         <is>
           <t>9876543210</t>
         </is>
       </c>
       <c r="C4" t="inlineStr">
         <is>
           <t>राहुल शर्मा</t>
         </is>
       </c>
       <c r="D4" t="inlineStr">
         <is>
-          <t>R9ब12</t>
+          <t>R9ब03</t>
         </is>
       </c>
       <c r="E4" t="n">
         <v>0</v>
       </c>
       <c r="F4" t="n">
         <v>0</v>
       </c>
       <c r="G4" t="inlineStr">
         <is>
           <t>No Data</t>
         </is>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="inlineStr">
         <is>
           <t>8th Class Second Unit Test</t>
         </is>
       </c>
       <c r="B5" t="inlineStr">
         <is>
           <t>8765432109</t>
         </is>
       </c>
       <c r="C5" t="inlineStr">
         <is>
           <t>प्रिया पटेल</t>
         </is>
       </c>
       <c r="D5" t="inlineStr">
         <is>
-          <t>R8अ23</t>
+          <t>R8अ28</t>
         </is>
       </c>
       <c r="E5" t="n">
         <v>0</v>
       </c>
       <c r="F5" t="n">
         <v>0</v>
       </c>
       <c r="G5" t="inlineStr">
         <is>
           <t>No Data</t>
         </is>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="inlineStr">
         <is>
           <t>7th Class Second Unit Test</t>
         </is>
       </c>
       <c r="B6" t="inlineStr">
         <is>
           <t>7654321098</t>
         </is>
       </c>
       <c r="C6" t="inlineStr">
         <is>
           <t>अमित कुमार</t>
         </is>
       </c>
       <c r="D6" t="inlineStr">
         <is>
-          <t>R7ब03</t>
+          <t>R7ब18</t>
         </is>
       </c>
       <c r="E6" t="n">
         <v>0</v>
       </c>
       <c r="F6" t="n">
         <v>0</v>
       </c>
       <c r="G6" t="inlineStr">
         <is>
           <t>No Data</t>
         </is>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Microsoft Excel Compatible / Openpyxl 3.1.5</Application>
   <AppVersion></AppVersion>
 </Properties>
 </file>